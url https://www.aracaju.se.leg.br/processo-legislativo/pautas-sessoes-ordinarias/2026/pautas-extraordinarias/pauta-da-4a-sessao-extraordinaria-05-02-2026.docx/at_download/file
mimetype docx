--- v0 (2026-02-10)
+++ v1 (2026-03-28)
@@ -230,100 +230,51 @@
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Legenda1"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">PAUTA DA </w:t>
-[...48 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>PAUTA DA 4ª SESSÃO EXTRAORDINÁRIA 05 DE FEVEREIRO DE 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -364,69 +315,57 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect id="shape_0" ID="Forma1" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" fillcolor="#a0a0a0" stroked="f" o:allowincell="f" style="position:absolute;margin-left:0pt;margin-top:-1.25pt;width:441.85pt;height:1.15pt;mso-wrap-style:none;v-text-anchor:middle;mso-position-vertical:top">
                 <v:fill o:detectmouseclick="t" type="solid" color2="#5f5f5f"/>
                 <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da </w:t>
+        <w:t>A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da 4ª Sessão Extraordinária da 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ª Legislatura. Os cidadãos poderão acompanhar tudo ao vivo pela TV Câmara e pelo canal oficial da Câmara no YouTube a partir das 9h.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="5612130" cy="15240"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Forma2"/>
@@ -591,63 +530,51 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Leitura Bíblica: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...11 lines deleted...]
-        <w:t>DE SORTE QUE TENHO GLÓRIA EM JESUS CRISTO NAS COISAS QUE PERTENCEM A DEUS.” (ROMANOS 16:17)</w:t>
+        <w:t>“DE SORTE QUE TENHO GLÓRIA EM JESUS CRISTO NAS COISAS QUE PERTENCEM A DEUS.” (ROMANOS 16:17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:ind w:hanging="0" w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -702,153 +629,153 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="2" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="2" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:firstRow="1" w:noVBand="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:val="04a0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2136"/>
-        <w:gridCol w:w="4559"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1236"/>
+        <w:gridCol w:w="4558"/>
+        <w:gridCol w:w="1534"/>
+        <w:gridCol w:w="1235"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="348" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2136" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contedodetabela"/>
               <w:snapToGrid w:val="false"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Proposição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4559" w:type="dxa"/>
+            <w:tcW w:w="4558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ementa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcW w:w="1534" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contedodetabela"/>
               <w:snapToGrid w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="276"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Autoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcW w:w="1235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
@@ -951,51 +878,51 @@
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>EM URGÊNCIA</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4559" w:type="dxa"/>
+            <w:tcW w:w="4558" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1004,95 +931,92 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:kern w:val="0"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1533" w:type="dxa"/>
+            <w:tcW w:w="1534" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Contedodetabela"/>
               <w:widowControl/>
               <w:snapToGrid w:val="false"/>
               <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>MESA DIRETORA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcW w:w="1235" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1521,51 +1445,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_160392805" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_651897635" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -1662,51 +1586,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_242238040" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_619074498" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>