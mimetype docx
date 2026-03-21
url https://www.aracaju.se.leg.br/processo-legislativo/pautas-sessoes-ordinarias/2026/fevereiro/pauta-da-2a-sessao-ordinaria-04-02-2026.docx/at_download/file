--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -239,60 +239,74 @@
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Legenda1"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>PAUTA DA 2ª SESSÃO ORDINÁRIA – 04 DE JANEIRO DE 2025</w:t>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PAUTA DA 2ª SESSÃO ORDINÁRIA – 04 DE </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>FEVER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>EIRO DE 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -349,75 +363,51 @@
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect id="shape_0" ID="Forma1" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" fillcolor="#a0a0a0" stroked="f" o:allowincell="f" style="position:absolute;margin-left:0pt;margin-top:-1.25pt;width:441.85pt;height:1.15pt;mso-wrap-style:none;v-text-anchor:middle;mso-position-vertical:top">
                 <v:fill o:detectmouseclick="t" type="solid" color2="#5f5f5f"/>
                 <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da </w:t>
-[...23 lines deleted...]
-        <w:t>ª Legislatura. Os cidadãos poderão acompanhar tudo ao vivo pela TV Câmara e pelo canal oficial da Câmara no YouTube a partir das 9h.</w:t>
+        <w:t>A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da 2ª Sessão Ordinária da 44ª Legislatura. Os cidadãos poderão acompanhar tudo ao vivo pela TV Câmara e pelo canal oficial da Câmara no YouTube a partir das 9h.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -823,105 +813,113 @@
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="pt-BR" w:eastAsia="ar-SA" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Bumpedfont15"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Bumpedfont15"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Bumpedfont15"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:bidi w:val="0"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Bumpedfont15"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:suppressAutoHyphens w:val="false"/>
         <w:spacing w:lineRule="atLeast" w:line="305"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1998,65 +1996,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">RECONHECE DE UTILIDADE PÚBLICA </w:t>
-[...13 lines deleted...]
-              <w:t>ASSOCIAÇÃO DOS DEFENSORES PÚBLICOS DO ESTADO DE SERGIPE (ADPESE).</w:t>
+              <w:t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS DEFENSORES PÚBLICOS DO ESTADO DE SERGIPE (ADPESE).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
@@ -2302,79 +2286,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4559" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">INSTITUI O CIRCUITO ARACAJUANO DE CAVALGADAS </w:t>
-[...27 lines deleted...]
-              <w:t>REALIZAÇÃO NO MUNICÍPIO DE ARACAJU.</w:t>
+              <w:t>INSTITUI O CIRCUITO ARACAJUANO DE CAVALGADAS E REGULAMENTA A SUA REALIZAÇÃO NO MUNICÍPIO DE ARACAJU.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkStart w:id="1" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2903,51 +2859,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_1517983866" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_1630601002" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -3099,51 +3055,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_1282106997" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_1883278702" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -4466,52 +4422,52 @@
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCC4157E-CAC6-41F2-8AE0-31A13C4C9E1F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Application>LibreOffice/24.2.2.2$Windows_X86_64 LibreOffice_project/d56cc158d8a96260b836f100ef4b4ef25d6f1a01</Application>
   <AppVersion></AppVersion>
   <Pages>3</Pages>
   <Words>497</Words>
-  <Characters>2634</Characters>
-  <CharactersWithSpaces>3217</CharactersWithSpaces>
+  <Characters>2636</Characters>
+  <CharactersWithSpaces>3219</CharactersWithSpaces>
   <Paragraphs>84</Paragraphs>
   <Company>Microsoft</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Caio Rafael Santos Lima</dc:creator>
   <dc:description/>
   <dc:language>pt-BR</dc:language>
   <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>C2129F8FE2B548439DDD69F4D4C4D87F</vt:lpwstr>
   </property>