--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -248,51 +248,51 @@
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Legenda1"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>PAUTA DA 1ª SESSÃO ORDINÁRIA – 03 DE FEVEREIRO DE 2025</w:t>
+        <w:t>PAUTA DA 1ª SESSÃO ORDINÁRIA – 03 DE FEVEREIRO DE 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -348,51 +348,63 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect id="shape_0" ID="Forma1" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" fillcolor="#a0a0a0" stroked="f" o:allowincell="f" style="position:absolute;margin-left:0pt;margin-top:-1.25pt;width:441.85pt;height:1.15pt;mso-wrap-style:none;v-text-anchor:middle;mso-position-vertical:top">
                 <v:fill o:detectmouseclick="t" type="solid" color2="#5f5f5f"/>
                 <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da 1ª Sessão Ordinária da 45ª Legislatura. Os cidadãos poderão acompanhar tudo ao vivo pela TV Câmara e pelo canal oficial da Câmara no YouTube a partir das 9h.</w:t>
+        <w:t>A Câmara Municipal de Aracaju (CMA) está comprometida com a transparência e a responsabilidade, e por isso, torna pública a pauta da 1ª Sessão Ordinária da 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ª Legislatura. Os cidadãos poderão acompanhar tudo ao vivo pela TV Câmara e pelo canal oficial da Câmara no YouTube a partir das 9h.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -454,51 +466,53 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:hanging="0" w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Sessão não deliberativa, após abertura da sessão, a Prefeita fez o uso da palavra e a sessão foi encerrada</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="even" r:id="rId2"/>
       <w:headerReference w:type="default" r:id="rId3"/>
       <w:headerReference w:type="first" r:id="rId4"/>
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1276" w:right="1287" w:gutter="0" w:header="357" w:top="1077" w:footer="1134" w:bottom="1559"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="49152"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
@@ -666,51 +680,51 @@
       <w:pStyle w:val="Header"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="5">
+            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="635000" cy="635000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="_x0000_tole_rId1" hidden="1"/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="635040" cy="635040"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="0">
@@ -721,51 +735,51 @@
                       <a:lnRef idx="0"/>
                       <a:fillRef idx="0"/>
                       <a:effectRef idx="0"/>
                       <a:fontRef idx="minor"/>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect id="shape_0" ID="_x0000_tole_rId1" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" stroked="f" o:allowincell="f" style="position:absolute;margin-left:0pt;margin-top:0.05pt;width:49.95pt;height:49.95pt;mso-wrap-style:none;v-text-anchor:middle">
               <v:fill o:detectmouseclick="t" on="false"/>
               <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
               <w10:wrap type="none"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="7">
+            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="635000" cy="635000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="_x0000_tole_rId1" hidden="1"/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="635040" cy="635040"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="0">
@@ -796,51 +810,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_850629327" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_717683682" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
@@ -862,51 +876,51 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr/>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="5">
+            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="635000" cy="635000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="_x0000_tole_rId1" hidden="1"/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="635040" cy="635040"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="0">
@@ -917,51 +931,51 @@
                       <a:lnRef idx="0"/>
                       <a:fillRef idx="0"/>
                       <a:effectRef idx="0"/>
                       <a:fontRef idx="minor"/>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect id="shape_0" ID="_x0000_tole_rId1" path="m0,0l-2147483645,0l-2147483645,-2147483646l0,-2147483646xe" stroked="f" o:allowincell="f" style="position:absolute;margin-left:0pt;margin-top:0.05pt;width:49.95pt;height:49.95pt;mso-wrap-style:none;v-text-anchor:middle">
               <v:fill o:detectmouseclick="t" on="false"/>
               <v:stroke color="#3465a4" joinstyle="round" endcap="flat"/>
               <w10:wrap type="none"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="7">
+            <wp:anchor behindDoc="1" distT="0" distB="0" distL="0" distR="0" simplePos="0" locked="0" layoutInCell="1" allowOverlap="1" relativeHeight="6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="635000" cy="635000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="_x0000_tole_rId1" hidden="1"/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="635040" cy="635040"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="0">
@@ -992,51 +1006,51 @@
         </mc:Fallback>
       </mc:AlternateContent>
       <w:object>
         <v:shapetype id="_x0000_tole_rId1" coordsize="21600,21600" o:spt="ole_rId1" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="ole_rId1" type="_x0000_tole_rId1" style="width:70.5pt;height:70.5pt;mso-wrap-distance-right:0pt" filled="t" fillcolor="#FFFFFF" o:ole="">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_844436012" r:id="rId1"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="ole_rId1" DrawAspect="Content" ObjectID="_684036797" r:id="rId1"/>
       </w:object>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>ESTADO DE SERGIPE</w:t>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
       </w:rPr>